--- v0 (2025-11-06)
+++ v1 (2026-01-11)
@@ -1,145 +1,145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6df38486a83347d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b803f2ba5634948a2d5f5f724e90b8b.psmdcp" Id="Rcbf97a520f6443d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1becc5fd5eee40b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56c9537676d24e5cbc5a2f17ecf9574b.psmdcp" Id="R52a0cb228b524670" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Carolina Classi..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Name</x:t>
   </x:si>
   <x:si>
     <x:t>Entry Number</x:t>
   </x:si>
   <x:si>
     <x:t>Entry Description</x:t>
   </x:si>
   <x:si>
     <x:t>Ribbon</x:t>
   </x:si>
   <x:si>
     <x:t>Placing</x:t>
   </x:si>
   <x:si>
     <x:t>Awards</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Club</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> E03_Beef Cattle  /  Percentage Simmental  /  E780: Spring Heifer Calves-calved Mar 1 and after of current year</x:t>
+    <x:t xml:space="preserve"> E02_Beef Cattle  /  Percentage Simmental  /  E780: Spring Heifer Calves-calved Mar 1 and after of current year</x:t>
   </x:si>
   <x:si>
     <x:t>2007</x:t>
   </x:si>
   <x:si>
     <x:t>Thomas, Charlie</x:t>
   </x:si>
   <x:si>
     <x:t>15189</x:t>
   </x:si>
   <x:si>
     <x:t>CALF CHAMPION, GRAND CHAMPION FEMALE, PREMIER EXHIBITOR, RESERVE SUPREME OVERALL FEMALE</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> E03_Beef Cattle  /  Percentage Simmental  /  E781: Junior Heifer Calves-calved Jan &amp; Feb of current year</x:t>
+    <x:t xml:space="preserve"> E02_Beef Cattle  /  Percentage Simmental  /  E781: Junior Heifer Calves-calved Jan &amp; Feb of current year</x:t>
   </x:si>
   <x:si>
     <x:t>1442</x:t>
   </x:si>
   <x:si>
     <x:t>Hooker, Jackson</x:t>
   </x:si>
   <x:si>
     <x:t>10268</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Surry</x:t>
   </x:si>
   <x:si>
     <x:t>15190</x:t>
   </x:si>
   <x:si>
     <x:t>RESERVE CALF CHAMPION</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> E03_Beef Cattle  /  Percentage Simmental  /  E782: Winter Heifer Calves, Calved Nov 1 through Dec 31 of previous year</x:t>
+    <x:t xml:space="preserve"> E02_Beef Cattle  /  Percentage Simmental  /  E782: Winter Heifer Calves, Calved Nov 1 through Dec 31 of previous year</x:t>
   </x:si>
   <x:si>
     <x:t>2230</x:t>
   </x:si>
   <x:si>
     <x:t>Smothers, Eleanor</x:t>
   </x:si>
   <x:si>
     <x:t>16925</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> E03_Beef Cattle  /  Percentage Simmental  /  E783: Senior Heifer Calves, calved Sept 1 through Oct 31 of previous year</x:t>
+    <x:t xml:space="preserve"> E02_Beef Cattle  /  Percentage Simmental  /  E783: Senior Heifer Calves, calved Sept 1 through Oct 31 of previous year</x:t>
   </x:si>
   <x:si>
     <x:t>15195</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>